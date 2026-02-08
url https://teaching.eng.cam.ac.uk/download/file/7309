--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -1,4320 +1,4567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="767538A2" w14:textId="27FEED21" w:rsidR="00ED48A7" w:rsidRPr="000D17A1" w:rsidRDefault="00ED48A7" w:rsidP="00ED48A7">
-      <w:pPr>
+    <w:p w14:paraId="5B550876" w14:textId="77777777" w:rsidR="00550699" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78F3FA4F" wp14:editId="72428228">
+            <wp:extent cx="1662854" cy="499730"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1616146787" name="Picture 1" descr="A black text on a white background&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1616146787" name="Picture 1" descr="A black text on a white background&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1719955" cy="516890"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383D7682" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44B958ED" w14:textId="6E0B07F7" w:rsidR="005E05E8" w:rsidRPr="00BF5F4C" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5F4C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...94 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>UROP APPOINTMENT FORM 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF3E50D" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00E92A4E" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59AB9021" w14:textId="5B2EE4EE" w:rsidR="00550699" w:rsidRPr="00E92A4E" w:rsidRDefault="00550699" w:rsidP="654FBCF6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>Undergraduate Research Opportunities Programme (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>UROP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) students are registered with the Department by the Industrial Placements Office, which liaises directly with the HR </w:t>
+      </w:r>
+      <w:r w:rsidR="007D74B8" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and Visitors </w:t>
+      </w:r>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>Office.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D74B8" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Please do not separately apply for visitor status for UROP students.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1536CC49" w14:textId="2BDECA0E" w:rsidR="00550699" w:rsidRPr="00E92A4E" w:rsidRDefault="00550699" w:rsidP="654FBCF6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...29 lines deleted...]
-          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UROP is intended </w:t>
+      </w:r>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for undergraduate students undertaking </w:t>
+      </w:r>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>paid summer placements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E25675">
-[...40 lines deleted...]
-        <w:r w:rsidRPr="00E25675">
+      <w:r w:rsidR="00BA79EA" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the Engineering Department </w:t>
+      </w:r>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and must </w:t>
+      </w:r>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be used to bypass the Department’s normal visitor process.</w:t>
+      </w:r>
+      <w:r w:rsidR="0054059D" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eligible students </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6554C" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must be current undergraduates at a UK University and </w:t>
+      </w:r>
+      <w:r w:rsidR="0054059D" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must not be </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6554C" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>completing their course in summer 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="0054059D" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, i.e. </w:t>
+      </w:r>
+      <w:r w:rsidR="00210847" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">those who are </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6554C" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cambridge </w:t>
+      </w:r>
+      <w:r w:rsidR="0054059D" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part IIB students </w:t>
+      </w:r>
+      <w:r w:rsidR="006238FD" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cannot take up UROP placements for </w:t>
+      </w:r>
+      <w:r w:rsidR="00210847" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>Summer 2026.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B802C63" w14:textId="25C51802" w:rsidR="00550699" w:rsidRPr="00550699" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>This form must be completed in full</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to register a UROP student.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162C66DC" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00BF5F4C" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F33D4F1" w14:textId="1B5E92A4" w:rsidR="00550699" w:rsidRPr="00BF5F4C" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5F4C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hazard Assessment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6130E010" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10B3ED82" w14:textId="6E70E3E8" w:rsidR="00550699" w:rsidRPr="00E71357" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71357">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Some projects (e.g. </w:t>
+      </w:r>
+      <w:r w:rsidR="088C9457" w:rsidRPr="00E71357">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>computer-based</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71357">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> work) may appear </w:t>
+      </w:r>
+      <w:r w:rsidR="29123B5F" w:rsidRPr="00E71357">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>low risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71357">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>, but ergonomic risks must still be considered. Other projects may involve a range of physical (e.g. electrical equipment or lasers), chemical, or biological hazards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A2E6BC" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRPr="00E71357" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CF09D97" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00E71357" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71357">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>As a minimum, all students must identify the hazards associated with their UROP placement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DA8617" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00E71357" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71357">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>If the project involves appreciable hazards, a risk assessment and/or safe system of work should be available from the supervisor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B571132" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00E71357" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71357">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>Where relevant, attach a copy to the Hazard Assessment Form, countersigned by you and your supervisor, to confirm you have read and understood the contents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7067B62D" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00E71357" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78D5A701" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00E92A4E" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71357">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>Further technical details or an enhanced risk assessment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be requested. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>No practical work may begin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> until the Hazard Assessment Form has been signed off by the Safety Office.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363B9A49" w14:textId="55C4C565" w:rsidR="00550699" w:rsidRPr="00550699" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Queries: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>safety-office@eng.cam.ac.uk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14FAB7A2" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00E92A4E" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="279AA44F" w14:textId="3774C01C" w:rsidR="00550699" w:rsidRPr="00550699" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5F4C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pay and Minimum Wage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BFF8AD8" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11C96FF9" w14:textId="2B10BBC0" w:rsidR="00550699" w:rsidRPr="00E92A4E" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All UROP students must be paid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at least the applicable National Minimum or National Living Wage. This can be arranged by payment via CCWS from a departmental grant or GL account, or through </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>College</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729E309B" w14:textId="7C934B50" w:rsidR="00550699" w:rsidRPr="00E92A4E" w:rsidRDefault="00550699" w:rsidP="654FBCF6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any other arrangements must use the Department’s normal </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF72D1" w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visitor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="654FBCF6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68281DA6" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00550699" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39BB9635" w14:textId="61AC3EB9" w:rsidR="00550699" w:rsidRPr="00BF5F4C" w:rsidRDefault="1F9569D2" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5F4C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>College Supported</w:t>
+      </w:r>
+      <w:r w:rsidR="00550699" w:rsidRPr="00BF5F4C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UROP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A94DE6" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C7E384E" w14:textId="63907DFE" w:rsidR="00550699" w:rsidRPr="00827458" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In place of a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CCWS agreement, the Placements Office will accept a letter from the College HR or Tutorial Office confirming that, for the duration of the UROP, the student is directly supported by the College with a </w:t>
+      </w:r>
+      <w:r w:rsidR="54FA0748" w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>living costs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and accommodation package at least equivalent to full</w:t>
+      </w:r>
+      <w:ins w:id="0" w:author="John Durrell" w:date="2026-02-06T11:55:00Z" w16du:dateUtc="2026-02-06T11:55:00Z">
+        <w:r w:rsidR="00AF72D1">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>time earnings at the National Living Wage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE28ABB" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00827458" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5259410A" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75FA8E9A" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CD0DF33" wp14:editId="78034A6A">
+            <wp:extent cx="1662854" cy="499730"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="186302356" name="Picture 1" descr="A black text on a white background&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1616146787" name="Picture 1" descr="A black text on a white background&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1719955" cy="516890"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6094577F" w14:textId="77777777" w:rsidR="00BF5F4C" w:rsidRDefault="00BF5F4C" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41430C5C" w14:textId="33BFCFD1" w:rsidR="00550699" w:rsidRPr="00BF5F4C" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5F4C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Cambridge Casual Worker System (CCWS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="694C6886" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="443E015C" w14:textId="50C64BCD" w:rsidR="00550699" w:rsidRPr="00E92A4E" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>All CCWS</w:t>
+      </w:r>
+      <w:r w:rsidR="74C677B0" w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">paid UROP students must register on CCWS as soon as possible and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>at least one full week before</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the placement starts. Registration requires personal details and </w:t>
+      </w:r>
+      <w:r w:rsidR="22C604FB" w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>right-to-work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> evidence to be uploaded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA4B435" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00827458" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19C6FB65" w14:textId="1964A93A" w:rsidR="00550699" w:rsidRPr="00827458" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Register: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r w:rsidRPr="00827458">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="000000" w:themeColor="text1"/>
-[...400 lines deleted...]
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>https://www.hr.admin.cam.ac.uk/information-workers</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E25675">
-[...29 lines deleted...]
-        <w:r w:rsidRPr="00E25675">
+    </w:p>
+    <w:p w14:paraId="17EC6058" w14:textId="77777777" w:rsidR="004F5549" w:rsidRDefault="004F5549" w:rsidP="004F5549">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01A7046C" w14:textId="177C5598" w:rsidR="00550699" w:rsidRPr="00827458" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Help: training course ‘CCWS Worker: Registering as a Worker (Online)’ (see </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Training Materials</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), or contact the HR Systems Service Desk: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidRPr="00827458">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...25 lines deleted...]
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>CHRIS.Helpdesk@admin.cam.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E25675">
-[...136 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:p>
+    <w:p w14:paraId="36F69ADB" w14:textId="77777777" w:rsidR="004F5549" w:rsidRDefault="004F5549" w:rsidP="004F5549">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F615595" w14:textId="6238C551" w:rsidR="00550699" w:rsidRPr="00827458" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>In your CCWS profile, under ‘Preferences’, select Department of Engineering in ‘Main Department of work’ so the profile is routed to us.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B63F1E5" w14:textId="77777777" w:rsidR="004F5549" w:rsidRDefault="004F5549" w:rsidP="004F5549">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="541D37BB" w14:textId="2D9F82A6" w:rsidR="00550699" w:rsidRPr="00827458" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>Please complete and return the CCWS Checklist to the team (provides worker and booking details).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E92634" w14:textId="77777777" w:rsidR="004F5549" w:rsidRDefault="004F5549" w:rsidP="004F5549">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FEFD706" w14:textId="2443C4FF" w:rsidR="00550699" w:rsidRPr="00827458" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If not already registered, you will be invited to register on CCWS. Once verified, a booking will be added on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>CCWS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00827458">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and you will be invited to accept it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7046D6" w14:textId="77777777" w:rsidR="004F5549" w:rsidRDefault="004F5549" w:rsidP="004F5549">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36D6C590" w14:textId="496B823D" w:rsidR="00550699" w:rsidRPr="00E92A4E" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>Submit claims in CCWS for completed work; the CCWS Team checks and approves claims.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A707E8F" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00E92A4E" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...104 lines deleted...]
-        <w:tblW w:w="10139" w:type="dxa"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61B5E522" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Payment frequency:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> monthly (via CCWS).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCFC395" w14:textId="1AE86D4D" w:rsidR="00550699" w:rsidRPr="00E92A4E" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00057B62">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>To ensure compliance with UK law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057B62">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no work may commence until you have been verified on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00057B62">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>CCWS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00057B62">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the booking has been accepted. Please allow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>minimum of five working days’ notice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for any booking so we can complete processing before the assignment starts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF20213" w14:textId="77777777" w:rsidR="00550699" w:rsidRPr="00E92A4E" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>Claims that do not comply with CCWS protocol must be reported to the University’s central CCWS Team.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA4D1CD" w14:textId="798F0CFB" w:rsidR="00550699" w:rsidRPr="00550699" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Questions: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>finance-CCWS@eng.cam.ac.uk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0736D6" w14:textId="77777777" w:rsidR="00550699" w:rsidRDefault="00550699" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72158BE8" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E7767B2" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62055537" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6666A87B" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="278FEB1D" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F794D43" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B482DF2" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="767FB480" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58FD6A58" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61B7C1C0" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F6BF4E" w14:textId="77777777" w:rsidR="003D1621" w:rsidRDefault="003D1621" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24308BF1" w14:textId="77777777" w:rsidR="003D1621" w:rsidRDefault="003D1621" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CA1F05D" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EDD3880" w14:textId="1A4D19C8" w:rsidR="14F04D24" w:rsidRDefault="14F04D24" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31A7E23E" wp14:editId="52BCDF5B">
+            <wp:extent cx="1662854" cy="499730"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1119760915" name="Picture 1" descr="A black text on a white background&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1616146787" name="Picture 1" descr="A black text on a white background&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1719955" cy="516890"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26844D59" w14:textId="356ED4C0" w:rsidR="14F04D24" w:rsidRDefault="14F04D24" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:tblLayout w:type="fixed"/>
-[...338 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C284A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>HAZARD ASSESSMENT FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BFFD672" w14:textId="77777777" w:rsidR="000C284A" w:rsidRPr="000C284A" w:rsidRDefault="000C284A" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...12 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9752" w:type="dxa"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="135" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4820"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3279"/>
+        <w:gridCol w:w="4815"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="3285"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="41890E8B" w14:textId="77777777" w:rsidTr="00052794">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="7B679CF3" w14:textId="77777777" w:rsidTr="6ABFCC2F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcW w:w="4815" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7A00739B" w14:textId="0A0ABFFB" w:rsidR="00A54A3E" w:rsidRPr="00362256" w:rsidRDefault="00A54A3E" w:rsidP="001B6A0F">
-[...10 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="4374A17D" w14:textId="77777777" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="00057B62">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Student</w:t>
             </w:r>
+            <w:r w:rsidR="1ECE4F47" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> name:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23E96861" w14:textId="25031A55" w:rsidR="000C284A" w:rsidRDefault="000C284A" w:rsidP="00057B62">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4932" w:type="dxa"/>
+            <w:tcW w:w="4935" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7E5FF00D" w14:textId="266100A6" w:rsidR="00A54A3E" w:rsidRPr="00362256" w:rsidRDefault="00ED50AB" w:rsidP="00051726">
-[...10 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="3B979A27" w14:textId="67D1290E" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CRSID</w:t>
+            </w:r>
+            <w:r w:rsidR="0592DABD" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21C74" w:rsidRPr="00362256" w14:paraId="4F2E9A2A" w14:textId="77777777" w:rsidTr="00052794">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="3FC455E2" w14:textId="77777777" w:rsidTr="6ABFCC2F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcW w:w="4815" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6EB78A19" w14:textId="637D0262" w:rsidR="00E21C74" w:rsidRPr="00362256" w:rsidRDefault="00E21C74" w:rsidP="00051726">
-[...10 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="57DA7EE0" w14:textId="77777777" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="00057B62">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>College</w:t>
             </w:r>
+            <w:r w:rsidR="00057B62">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33D3B9A1" w14:textId="1AA23921" w:rsidR="000C284A" w:rsidRDefault="000C284A" w:rsidP="00057B62">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4932" w:type="dxa"/>
+            <w:tcW w:w="4935" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1239D1B4" w14:textId="7EAC6E6E" w:rsidR="00E21C74" w:rsidRPr="00362256" w:rsidRDefault="00E21C74" w:rsidP="00051726">
-[...10 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="76CB8938" w14:textId="23C2F98C" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Tripos and current year</w:t>
+            </w:r>
+            <w:r w:rsidR="2828F79C" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="52DEA905" w14:textId="77777777" w:rsidTr="00052794">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="383C4318" w14:textId="77777777" w:rsidTr="6ABFCC2F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcW w:w="4815" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0E4F4F92" w14:textId="5973A6EC" w:rsidR="00A54A3E" w:rsidRPr="00362256" w:rsidRDefault="00A54A3E" w:rsidP="001B6A0F">
-[...10 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="2C5B0627" w14:textId="77777777" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="00057B62">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Supervisor</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="2DE42C79" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> name</w:t>
+            </w:r>
+            <w:r w:rsidR="24782AE3" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65EF724E" w14:textId="53F8E75B" w:rsidR="000C284A" w:rsidRDefault="000C284A" w:rsidP="00057B62">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4932" w:type="dxa"/>
+            <w:tcW w:w="4935" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13AC44F8" w14:textId="7262ACCE" w:rsidR="00A54A3E" w:rsidRPr="00362256" w:rsidRDefault="00ED50AB" w:rsidP="00051726">
-[...10 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="5806952A" w14:textId="451AE7BD" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CRSID</w:t>
+            </w:r>
+            <w:r w:rsidR="3785FC58" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED50AB" w:rsidRPr="00362256" w14:paraId="31E432EB" w14:textId="77777777" w:rsidTr="00051726">
-[...77 lines deleted...]
-      <w:tr w:rsidR="00BD3002" w:rsidRPr="00362256" w14:paraId="42128FC6" w14:textId="77777777" w:rsidTr="001B6A0F">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="5799D542" w14:textId="77777777" w:rsidTr="6ABFCC2F">
         <w:trPr>
-          <w:trHeight w:val="286"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9752" w:type="dxa"/>
+            <w:tcW w:w="9750" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D063456" w14:textId="5D22722C" w:rsidR="00BD3002" w:rsidRPr="00362256" w:rsidRDefault="00BD3002" w:rsidP="00ED50AB">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3FB5B88A" w14:textId="77777777" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="00057B62">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UROP </w:t>
+            </w:r>
+            <w:r w:rsidR="63D41E92" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>project title:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37970242" w14:textId="15550801" w:rsidR="000C284A" w:rsidRDefault="000C284A" w:rsidP="00057B62">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED50AB" w:rsidRPr="00362256" w14:paraId="4DFEEB07" w14:textId="77777777" w:rsidTr="00051726">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="3BA41628" w14:textId="77777777" w:rsidTr="6ABFCC2F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9752" w:type="dxa"/>
+            <w:tcW w:w="9750" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="44F82917" w14:textId="77777777" w:rsidR="00ED50AB" w:rsidRPr="00362256" w:rsidRDefault="00ED50AB" w:rsidP="00ED50AB">
-[...282 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="64AAFF40" w14:textId="77777777" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="00057B62">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Brief description of the project</w:t>
+            </w:r>
+            <w:r w:rsidR="51BD6242" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C6A1F9" w14:textId="2F1159ED" w:rsidR="000C284A" w:rsidRDefault="000C284A" w:rsidP="00057B62">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED50AB" w:rsidRPr="00362256" w14:paraId="109E50C4" w14:textId="77777777" w:rsidTr="00051726">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="400E7E38" w14:textId="77777777" w:rsidTr="6ABFCC2F">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6473" w:type="dxa"/>
+            <w:tcW w:w="9750" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54765A81" w14:textId="77777777" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="00057B62">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Project Location</w:t>
+            </w:r>
+            <w:r w:rsidR="5F4D7083" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BD0A72A" w14:textId="27BB8827" w:rsidR="000C284A" w:rsidRDefault="000C284A" w:rsidP="00057B62">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="4C5D1071" w14:textId="77777777" w:rsidTr="6ABFCC2F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9750" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71AAF49D" w14:textId="37BC9D9A" w:rsidR="6ABFCC2F" w:rsidRDefault="5F4D7083" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Risk Assessment:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B6B5763" w14:textId="4296907F" w:rsidR="15D158ED" w:rsidRDefault="15D158ED" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electrical e.g. equipment operating at voltages &gt;1000V, working on exposed circuits with voltages &gt;50v etc. </w:t>
+            </w:r>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>NOTE</w:t>
+            </w:r>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> If you are working with an item either </w:t>
+            </w:r>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>self-built, or modified</w:t>
+            </w:r>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in excess of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 25 Watts, 25 Volts or 1 Amp a risk assessment must be completed to outline the control measures in place to address the hazards. This applies to both AC and DC.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EC13282" w14:textId="7B9E62EE" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="615851B3" w14:textId="11D0D434" w:rsidR="4E379D12" w:rsidRDefault="4E379D12" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="04D80C02" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radiation </w:t>
+            </w:r>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e.g. ionising, non-ionising, electromagnetic fields, x-rays, ultraviolet (UV) </w:t>
+            </w:r>
+            <w:r w:rsidR="5963B5C7" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3511C854" w14:textId="2C3A54C1" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0520AFC3" w14:textId="513CA783" w:rsidR="4E379D12" w:rsidRDefault="4E379D12" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Chemical e.g. harmful, toxic, flammable, sensitiser, carcinogenic, explosive, corrosive etc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02B4BF67" w14:textId="7BEE1E1A" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10B21C5F" w14:textId="6F726E83" w:rsidR="239D0459" w:rsidRDefault="239D0459" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Laser e.g. of class 3B or 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D081B25" w14:textId="4F13C3C8" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="498F027B" w14:textId="4654FC80" w:rsidR="239D0459" w:rsidRDefault="239D0459" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Robotics e.g. errors - human/control, mechanical failures, power systems etc</w:t>
+            </w:r>
+            <w:r w:rsidR="00057B62">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="229EB96E" w14:textId="36966610" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36F1DC02" w14:textId="3167E2A4" w:rsidR="635AFDC2" w:rsidRDefault="635AFDC2" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mechanical e.g. power tools, workshop machinery, powered lifting etc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B1D1A9" w14:textId="4AEC13AD" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4516BD98" w14:textId="1F0BF408" w:rsidR="40202B2E" w:rsidRDefault="40202B2E" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other e.g. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ergonomic</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for computer work, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>biological</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="6ABFCC2F" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, working at heights, lone working etc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CCEBA21" w14:textId="5CF848EE" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF521B9" w14:textId="77777777" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>I have/have not attached a risk assessment/safe system of work (delete as applicable)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F7A2111" w14:textId="613DEA5E" w:rsidR="00057B62" w:rsidRDefault="00057B62" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="14EEA0AE" w14:textId="77777777" w:rsidTr="6ABFCC2F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="478B3832" w14:textId="77777777" w:rsidR="00ED50AB" w:rsidRPr="00362256" w:rsidRDefault="00ED50AB" w:rsidP="00ED50AB">
+          <w:p w14:paraId="150DDF6D" w14:textId="77777777" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="004F5549">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
-              <w:autoSpaceDE w:val="0"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="42F7A909" w14:textId="77777777" w:rsidR="00ED50AB" w:rsidRPr="00362256" w:rsidRDefault="00ED50AB" w:rsidP="00ED50AB">
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signed (Student) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42BADBD6" w14:textId="7E8C842D" w:rsidR="000C284A" w:rsidRDefault="000C284A" w:rsidP="004F5549">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
-              <w:autoSpaceDE w:val="0"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="321C9410" w14:textId="77777777" w:rsidR="00ED50AB" w:rsidRPr="00362256" w:rsidRDefault="00ED50AB" w:rsidP="00ED50AB">
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64826E86" w14:textId="647BF608" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2835"/>
               </w:tabs>
-              <w:autoSpaceDE w:val="0"/>
-[...8 lines deleted...]
-                <w:szCs w:val="23"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r w:rsidR="15E8B98B" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="73621915" w14:textId="77777777" w:rsidTr="6ABFCC2F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C50715D" w14:textId="77777777" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="004F5549">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signed (Supervisor) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C066EB7" w14:textId="47BCFE8A" w:rsidR="000C284A" w:rsidRDefault="000C284A" w:rsidP="004F5549">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D6902D5" w14:textId="77777777" w:rsidR="00ED50AB" w:rsidRPr="00362256" w:rsidRDefault="00ED50AB" w:rsidP="00ED50AB">
-[...22 lines deleted...]
-                <w:szCs w:val="23"/>
+          <w:p w14:paraId="16543584" w14:textId="2C178E4A" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date</w:t>
+            </w:r>
+            <w:r w:rsidR="4D2C4768" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED50AB" w:rsidRPr="00362256" w14:paraId="7DEAD1ED" w14:textId="77777777" w:rsidTr="00051726">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="5D467401" w14:textId="77777777" w:rsidTr="6ABFCC2F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6473" w:type="dxa"/>
+            <w:tcW w:w="6465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="248D2933" w14:textId="77777777" w:rsidR="00ED50AB" w:rsidRPr="00362256" w:rsidRDefault="00ED50AB" w:rsidP="00ED50AB">
-[...50 lines deleted...]
-                <w:szCs w:val="23"/>
+          <w:p w14:paraId="2D6DB14D" w14:textId="77777777" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="004F5549">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signed (Safety Office) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59B04F2E" w14:textId="131CDB7C" w:rsidR="000C284A" w:rsidRDefault="000C284A" w:rsidP="004F5549">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C601AA4" w14:textId="77777777" w:rsidR="00ED50AB" w:rsidRPr="00362256" w:rsidRDefault="00ED50AB" w:rsidP="00ED50AB">
-[...20 lines deleted...]
-                <w:szCs w:val="23"/>
+          <w:p w14:paraId="349F0B30" w14:textId="78046C74" w:rsidR="6ABFCC2F" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-          </w:p>
-[...104 lines deleted...]
-              <w:t>Date</w:t>
+            <w:r w:rsidR="3B0C349A" w:rsidRPr="6ABFCC2F">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35325769" w14:textId="77777777" w:rsidR="00051726" w:rsidRPr="00362256" w:rsidRDefault="00051726" w:rsidP="00051726">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="5D1D1884" w14:textId="77777777" w:rsidR="004F5549" w:rsidRDefault="004F5549" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="117"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F6CB089" w14:textId="77777777" w:rsidR="004F5549" w:rsidRDefault="004F5549" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="117"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="156C192E" w14:textId="06550755" w:rsidR="4EAA9F1B" w:rsidRDefault="4EAA9F1B" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="117"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="535ED94D" wp14:editId="5BD77AEA">
+            <wp:extent cx="1662854" cy="499730"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1230225902" name="Picture 1" descr="A black text on a white background&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1616146787" name="Picture 1" descr="A black text on a white background&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1719955" cy="516890"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="14F04D24" w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="01ED1FE5" w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9032F8" w14:textId="76B28C30" w:rsidR="01ED1FE5" w:rsidRPr="000C284A" w:rsidRDefault="01ED1FE5" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="117"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C284A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>INFORMATION CHECKLIST - CCWS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D96D85C" w14:textId="294DD324" w:rsidR="315F424D" w:rsidRDefault="315F424D" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1253" w:right="1254"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Only to be used for payments relating to a Workers Agreement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16BFCC07" w14:textId="41B4887A" w:rsidR="315F424D" w:rsidRDefault="315F424D" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:before="5" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="22"/>
-[...526 lines deleted...]
-    <w:p w14:paraId="73ABDCBE" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00362256">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BE8C05" w14:textId="7E3557A0" w:rsidR="315F424D" w:rsidRDefault="315F424D" w:rsidP="6ABFCC2F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4462"/>
           <w:tab w:val="left" w:pos="7140"/>
         </w:tabs>
-        <w:spacing w:before="92"/>
+        <w:spacing w:before="92" w:after="0"/>
         <w:ind w:left="1330"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-----------------------------------</w:t>
       </w:r>
-      <w:r w:rsidRPr="00362256">
-        <w:rPr>
+      <w:r w:rsidR="00743853">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CLAIMANT </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000473D2" w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:spacing w:val="-4"/>
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>DETAILS</w:t>
+      </w:r>
+      <w:r w:rsidR="000473D2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00362256">
-        <w:rPr>
+      <w:r w:rsidR="000473D2" w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000473D2" w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>--</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>----------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F82AC88" w14:textId="270AC0E3" w:rsidR="315F424D" w:rsidRDefault="315F424D" w:rsidP="00743853">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:spacing w:val="-5"/>
-[...12 lines deleted...]
-        </w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Personal Details</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...13 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="9888" w:type="dxa"/>
+        <w:tblInd w:w="132" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2237"/>
-        <w:gridCol w:w="8147"/>
+        <w:gridCol w:w="2493"/>
+        <w:gridCol w:w="7395"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="4C28DA4C" w14:textId="77777777" w:rsidTr="00166769">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="58D18975" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="454"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="305995A5" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="75"/>
+          <w:p w14:paraId="11B31641" w14:textId="0BA88583" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="75" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="26"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8147" w:type="dxa"/>
+            <w:tcW w:w="7395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77CE9B4D" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="86"/>
+          <w:p w14:paraId="5DCA1F48" w14:textId="1D4A108C" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="86" w:after="0"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Worker</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="66C1284D" w14:textId="77777777" w:rsidTr="00166769">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="458C5E26" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="455"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="564B833A" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="75"/>
+          <w:p w14:paraId="6C5BA900" w14:textId="0903B405" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="75" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="26"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8147" w:type="dxa"/>
+            <w:tcW w:w="7395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29F63E4F" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="316E4AE1" w14:textId="366EBAC1" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="43A995C5" w14:textId="77777777" w:rsidTr="00166769">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="2D5A0781" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B33F661" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="75"/>
+          <w:p w14:paraId="7B2AFE82" w14:textId="5AAA0095" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="75" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="26"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Forenames</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8147" w:type="dxa"/>
+            <w:tcW w:w="7395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="337FAA00" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="65C040DD" w14:textId="7F11D011" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="254CDE61" w14:textId="77777777" w:rsidTr="00166769">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="6664D9FE" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="455"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BE38340" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="75"/>
+          <w:p w14:paraId="36ECD2DC" w14:textId="332C8128" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="75" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="26"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8147" w:type="dxa"/>
+            <w:tcW w:w="7395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="422F228A" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="618F12C5" w14:textId="0E256302" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="6F2423BA" w14:textId="77777777" w:rsidTr="00166769">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="30C28FF1" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10FBE557" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="75"/>
+          <w:p w14:paraId="678EB69F" w14:textId="174D8A1E" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="75" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...10 lines deleted...]
-              <w:t>CRSid (If known)</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>CRS</w:t>
+            </w:r>
+            <w:r w:rsidR="000C284A">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8147" w:type="dxa"/>
+            <w:tcW w:w="7395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A99F3A1" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="77"/>
+          <w:p w14:paraId="2E7F1958" w14:textId="7867DAB7" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="77" w:after="0"/>
               <w:ind w:left="107"/>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="066B4206" w14:textId="77777777" w:rsidTr="00166769">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="18DAA42C" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="587B9845" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="75"/>
+          <w:p w14:paraId="7E1785DB" w14:textId="6FA2543E" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="75" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="26"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8147" w:type="dxa"/>
+            <w:tcW w:w="7395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="188D7918" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5852D581" w14:textId="4DF582BF" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BD08B69" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00362256">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="03A0D49F" w14:textId="7F72A065" w:rsidR="315F424D" w:rsidRDefault="315F424D" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
+          <w:bCs/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="26"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
+          <w:bCs/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCCD568" w14:textId="1F6C2898" w:rsidR="315F424D" w:rsidRDefault="315F424D" w:rsidP="00743853">
+      <w:pPr>
+        <w:spacing w:before="226" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
+          <w:bCs/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Details of work to be undertaken</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10403" w:type="dxa"/>
-[...13 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="9873" w:type="dxa"/>
+        <w:tblInd w:w="132" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3609"/>
-        <w:gridCol w:w="6794"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="6471"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="30E8E86A" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="178DB016" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79B203CE" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="60"/>
+          <w:p w14:paraId="17A99384" w14:textId="6FAEB545" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Role Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D48E794" w14:textId="314F801C" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="0045246E" w:rsidP="00166769">
-[...10 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="1501683F" w14:textId="4445A016" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>UROP Intern</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="41797520" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="08746222" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="395"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72290791" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="58"/>
+          <w:p w14:paraId="2D2ED817" w14:textId="67DF5D15" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="58" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Course Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B143672" w14:textId="0BDE3FE1" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="001B6A0F" w:rsidP="00166769">
-[...10 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="1A59A49A" w14:textId="764F52BC" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="667DE4A7" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="165CA0B7" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B8F31ED" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="60"/>
+          <w:p w14:paraId="37EE9A5F" w14:textId="127EF986" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Course Code (If applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F7B411D" w14:textId="1070475B" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="001B6A0F" w:rsidP="00166769">
-[...10 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="2D793BBA" w14:textId="326872F8" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="23B4ABF4" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="60D03402" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="614"/>
+          <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06B9C2E6" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:line="274" w:lineRule="exact"/>
+          <w:p w14:paraId="6063683D" w14:textId="14FA3F4C" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Duties (Brief description)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F769812" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...4 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="45B2093C" w14:textId="5B4D2CFE" w:rsidR="00743853" w:rsidRPr="00743853" w:rsidRDefault="00743853" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="76E5B764" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="11F68F6D" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="398"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65357912" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="58"/>
+          <w:p w14:paraId="66CED6C1" w14:textId="5A0ABD40" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="58" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Venue (Building/Room No.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F7281AD" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7D5D62B7" w14:textId="3B00C956" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="1E04333D" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="11260AC0" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="398"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65B96698" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="58"/>
+          <w:p w14:paraId="0106C99B" w14:textId="0CFB4B17" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="58" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Reports to (Name/CRSid)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14A1CB62" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="49EC67B9" w14:textId="6D255DE6" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="20A1446D" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="324D4166" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="395"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="222E6D53" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="58"/>
+          <w:p w14:paraId="64A984C6" w14:textId="7EA2EBAB" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="58" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Start date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A24CB89" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3275E359" w14:textId="3F0177A5" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="33DE7F92" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="376810AD" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="398"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65CAD486" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="60"/>
+          <w:p w14:paraId="66ABED2A" w14:textId="1CACCAF1" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>End date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31480B19" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="12D006FD" w14:textId="39C77F38" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="57D8C14F" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="5D5B6630" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="395"/>
+          <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79D0D46F" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="58"/>
+          <w:p w14:paraId="117EE1B9" w14:textId="21A2FF8B" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="58" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Daily start time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B72A2B4" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1B45A2ED" w14:textId="1C2E47E2" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="5443AC18" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="099401CE" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="398"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="317CDF73" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="60"/>
+          <w:p w14:paraId="1E905684" w14:textId="57381FC4" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Daily end time </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E94F9E6" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1412F9BB" w14:textId="49E35D58" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="2A1C0C67" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="6ECDB27D" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="398"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="432DEFC2" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="58"/>
+          <w:p w14:paraId="37925BDF" w14:textId="5490C899" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="58" w:after="0"/>
               <w:ind w:left="63"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Hourly rate of pay #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5453B38D" w14:textId="27C3DFD6" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="0008186C" w:rsidP="00166769">
-[...19 lines deleted...]
-              <w:t>12.21</w:t>
+          <w:p w14:paraId="6DD52D16" w14:textId="7DE90F63" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>£12.71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="44A901E5" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="76733022" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="398"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11149FA4" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="58"/>
+          <w:p w14:paraId="3189A878" w14:textId="1B7FDCD4" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="58" w:after="0"/>
               <w:ind w:left="63"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>No. of hours per week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F3D1059" w14:textId="55573A44" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="0045246E" w:rsidP="00166769">
-[...10 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="53129032" w14:textId="0EC6B974" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="35BBD120" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="4F041890" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="398"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22BA86AF" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="58"/>
+          <w:p w14:paraId="4EE21E1D" w14:textId="2A6E3349" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="58" w:after="0"/>
               <w:ind w:left="63"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Total No. of expected hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68CDAEE7" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6BBF7E60" w14:textId="77D13BD4" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="66311018" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="6C6CFA18" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="398"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A8FFA94" w14:textId="77777777" w:rsidR="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="58"/>
+          <w:p w14:paraId="1AEE150C" w14:textId="5C560649" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="58" w:after="0"/>
               <w:ind w:left="63"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Source of funds</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0152801C" w14:textId="56704BEB" w:rsidR="0045246E" w:rsidRPr="0045246E" w:rsidRDefault="0045246E" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="58"/>
+          <w:p w14:paraId="2E3D6027" w14:textId="130348B7" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="58" w:after="0"/>
               <w:ind w:left="63"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0045246E">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>(this must be a GL account or a grant code)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55097096" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6920F98E" w14:textId="36ADBADB" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="1C76325F" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="12845DE7" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="398"/>
+          <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="034359B7" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="58"/>
+          <w:p w14:paraId="01A8B93A" w14:textId="661527DA" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="58" w:after="0"/>
               <w:ind w:left="63"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Are expenses to be paid?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49D571A9" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="18AD8141" w14:textId="3C5DDE90" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00362256" w:rsidRPr="00362256" w14:paraId="759355FD" w14:textId="77777777" w:rsidTr="00ED50AB">
+      <w:tr w:rsidR="6ABFCC2F" w14:paraId="220B85C8" w14:textId="77777777" w:rsidTr="003D1621">
         <w:trPr>
-          <w:trHeight w:val="398"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D77260C" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...2 lines deleted...]
-              <w:spacing w:before="58"/>
+          <w:p w14:paraId="6AD34CFB" w14:textId="7BD09531" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:before="58" w:after="0"/>
               <w:ind w:left="63"/>
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Source of funds for expenses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="6471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EFB9BC2" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00CD1FA1" w:rsidRDefault="00362256" w:rsidP="00166769">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="728FA2F6" w14:textId="2A1D21BA" w:rsidR="6ABFCC2F" w:rsidRPr="00743853" w:rsidRDefault="6ABFCC2F" w:rsidP="6ABFCC2F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00743853">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3056B60F" w14:textId="77777777" w:rsidR="00362256" w:rsidRPr="00362256" w:rsidRDefault="00362256" w:rsidP="00362256">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="392607B0" w14:textId="65D70D21" w:rsidR="315F424D" w:rsidRDefault="315F424D" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6ABFCC2F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="23"/>
-[...34 lines deleted...]
-      <w:cols w:space="720"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295828E4" w14:textId="77777777" w:rsidR="00E92A4E" w:rsidRPr="00550699" w:rsidRDefault="00E92A4E" w:rsidP="6ABFCC2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E92A4E" w:rsidRPr="00550699" w:rsidSect="00550699">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...17 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...33 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5F371303"/>
+    <w:nsid w:val="4F732B95"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="21AC31CC"/>
+    <w:tmpl w:val="51B639EC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -4417,53 +4664,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="644F64B8"/>
+    <w:nsid w:val="70AA7C75"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="487056F0"/>
+    <w:tmpl w:val="D97E52F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -4565,548 +4812,381 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...148 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="226721262">
+  <w:num w:numId="1" w16cid:durableId="418185894">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="207302888">
+  <w:num w:numId="2" w16cid:durableId="997342711">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="John Durrell">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::jhd25@cam.ac.uk::e595977f-a589-4bd3-91bb-d3d7de5de2bd"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:zoom w:percent="70"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0066453F"/>
-[...167 lines deleted...]
-    <w:rsid w:val="00FE586E"/>
+    <w:rsidRoot w:val="00550699"/>
+    <w:rsid w:val="000473D2"/>
+    <w:rsid w:val="00057B62"/>
+    <w:rsid w:val="000B4044"/>
+    <w:rsid w:val="000C284A"/>
+    <w:rsid w:val="00126140"/>
+    <w:rsid w:val="00210847"/>
+    <w:rsid w:val="00292A72"/>
+    <w:rsid w:val="003D1621"/>
+    <w:rsid w:val="003E60E0"/>
+    <w:rsid w:val="004F5549"/>
+    <w:rsid w:val="0054059D"/>
+    <w:rsid w:val="00550699"/>
+    <w:rsid w:val="005E05E8"/>
+    <w:rsid w:val="006238FD"/>
+    <w:rsid w:val="00743853"/>
+    <w:rsid w:val="007D74B8"/>
+    <w:rsid w:val="00827458"/>
+    <w:rsid w:val="00841E13"/>
+    <w:rsid w:val="00A15ED1"/>
+    <w:rsid w:val="00AE4CAF"/>
+    <w:rsid w:val="00AF72D1"/>
+    <w:rsid w:val="00BA79EA"/>
+    <w:rsid w:val="00BF5F4C"/>
+    <w:rsid w:val="00C43D26"/>
+    <w:rsid w:val="00CE033F"/>
+    <w:rsid w:val="00D14C83"/>
+    <w:rsid w:val="00D6554C"/>
+    <w:rsid w:val="00E71357"/>
+    <w:rsid w:val="00E92A4E"/>
+    <w:rsid w:val="00EE3E12"/>
+    <w:rsid w:val="01ED1FE5"/>
+    <w:rsid w:val="04D80C02"/>
+    <w:rsid w:val="0592DABD"/>
+    <w:rsid w:val="088C9457"/>
+    <w:rsid w:val="14F04D24"/>
+    <w:rsid w:val="15D158ED"/>
+    <w:rsid w:val="15E8B98B"/>
+    <w:rsid w:val="1ECE4F47"/>
+    <w:rsid w:val="1F9569D2"/>
+    <w:rsid w:val="22C604FB"/>
+    <w:rsid w:val="239D0459"/>
+    <w:rsid w:val="24782AE3"/>
+    <w:rsid w:val="2828F79C"/>
+    <w:rsid w:val="29123B5F"/>
+    <w:rsid w:val="2DE42C79"/>
+    <w:rsid w:val="315F424D"/>
+    <w:rsid w:val="3785FC58"/>
+    <w:rsid w:val="37B64A98"/>
+    <w:rsid w:val="39410B93"/>
+    <w:rsid w:val="3AC3A7FD"/>
+    <w:rsid w:val="3B0C349A"/>
+    <w:rsid w:val="40202B2E"/>
+    <w:rsid w:val="41348DCF"/>
+    <w:rsid w:val="49A0D4F6"/>
+    <w:rsid w:val="4D2C4768"/>
+    <w:rsid w:val="4E379D12"/>
+    <w:rsid w:val="4EAA9F1B"/>
+    <w:rsid w:val="51BD6242"/>
+    <w:rsid w:val="54FA0748"/>
+    <w:rsid w:val="5963B5C7"/>
+    <w:rsid w:val="5F4D7083"/>
+    <w:rsid w:val="6036B0F3"/>
+    <w:rsid w:val="635AFDC2"/>
+    <w:rsid w:val="63D41E92"/>
+    <w:rsid w:val="654FBCF6"/>
+    <w:rsid w:val="657F15E1"/>
+    <w:rsid w:val="6ABFCC2F"/>
+    <w:rsid w:val="74C677B0"/>
+    <w:rsid w:val="783319C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="39B23F07"/>
+  <w14:docId w14:val="5E38F64D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{27FF53EE-1792-48DB-9017-C5C99C80D4F2}"/>
+  <w15:docId w15:val="{2A596CA0-7880-48CF-8A8E-012A7C279734}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...15 lines deleted...]
-    <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -5255,508 +5335,686 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00362256"/>
+    <w:rsid w:val="00550699"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-      <w:ind w:left="117"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:val="en-GB" w:bidi="en-GB"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00362256"/>
+    <w:rsid w:val="00550699"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-      <w:ind w:left="375"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
-      <w:szCs w:val="24"/>
-      <w:lang w:val="en-GB" w:bidi="en-GB"/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...152 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00362256"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00550699"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="en-GB"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
-    <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00362256"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00550699"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00550699"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:i/>
-[...2 lines deleted...]
-      <w:lang w:bidi="en-GB"/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-[...10 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00550699"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-GB" w:bidi="en-GB"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-    <w:name w:val="Body Text Char"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BodyText"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00362256"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00550699"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:lang w:bidi="en-GB"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
-[...4 lines deleted...]
-    <w:rsid w:val="00362256"/>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FB4123"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D74B8"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...78 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safety-office@eng.cam.ac.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:finance-CCWS@eng.cam.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHRIS.Helpdesk@admin.cam.ac.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.training.cam.ac.uk/ucs/search?query=ccWS&amp;instructorLed=on&amp;selfTaught=on&amp;includeUnpublished=on&amp;course_type_facet_shown=true&amp;scheduled=on&amp;course_date_facet_shown=true&amp;course_availability_facet_shown=&amp;scrollPos=0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hr.admin.cam.ac.uk/information-workers" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHRIS.Helpdesk@admin.cam.ac.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hr.admin.cam.ac.uk/information-workers" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -5764,51 +6022,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -5875,65 +6133,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -5954,122 +6212,89 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5323</Characters>
+  <Pages>4</Pages>
+  <Words>858</Words>
+  <Characters>4895</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>161</Lines>
-  <Paragraphs>150</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>C.U.E.D.</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6023</CharactersWithSpaces>
+  <CharactersWithSpaces>5742</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title> </dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Engineering Department</dc:creator>
+  <dc:creator>Joe Goddard</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>